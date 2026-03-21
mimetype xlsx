--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -306,83 +306,83 @@
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3"/>
       <c r="F3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4"/>
       <c r="F4">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5"/>
       <c r="F5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6"/>
       <c r="F6">
-        <v>1798</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7"/>
       <c r="F7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
@@ -490,51 +490,51 @@
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14"/>
       <c r="F14">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
         <v>48</v>
       </c>
       <c r="D15" t="s">
         <v>49</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>51</v>
       </c>
       <c r="B16" t="s">
         <v>52</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16">
         <v>7</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>