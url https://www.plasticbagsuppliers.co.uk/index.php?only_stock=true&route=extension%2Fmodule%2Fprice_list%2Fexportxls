--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -29,50 +29,59 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="55">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Product Code:</t>
   </si>
   <si>
     <t>Brand:</t>
   </si>
   <si>
     <t>Price:</t>
   </si>
   <si>
     <t>Special Price</t>
   </si>
   <si>
     <t>Qty:</t>
   </si>
   <si>
+    <t>18&amp;quot; x 28&amp;quot; x 38&amp;quot; 376 gauge black - Heavy Duty Waste Sack (100 pack)</t>
+  </si>
+  <si>
+    <t>LD7212-100</t>
+  </si>
+  <si>
+    <t>£35.00</t>
+  </si>
+  <si>
     <t>Non-Woven Polyprop Carry Bag / Storage Bag - 21&amp;quot; x 19&amp;quot; x 9.5&amp;quot; - Black</t>
   </si>
   <si>
     <t>A2020</t>
   </si>
   <si>
     <t>£4.49</t>
   </si>
   <si>
     <t>Hot Water Soluble Bag 26&amp;quot; x 33&amp;quot; - Completely Dissolves at 65C (25 pack) - CLEAR</t>
   </si>
   <si>
     <t>LH020-025</t>
   </si>
   <si>
     <t>£17.39</t>
   </si>
   <si>
     <t>£11.99</t>
   </si>
   <si>
     <t>Water Soluble Strip Laundry Bag 18&amp;quot; x 24&amp;quot; x 26&amp;quot; - Sealing strip dissolves (200 pack) RED</t>
   </si>
   <si>
     <t>SPSOL30-200</t>
@@ -165,59 +174,50 @@
     <t>£40.00</t>
   </si>
   <si>
     <t>18&amp;quot; x 29&amp;quot; x 39&amp;quot; 120 gauge black - Light Duty Waste Sack (200 pack)</t>
   </si>
   <si>
     <t>LD7080-200</t>
   </si>
   <si>
     <t>£24.00</t>
   </si>
   <si>
     <t>18&amp;quot; x 29&amp;quot; x 39&amp;quot; 140 gauge red - Medium Duty Waste Sack (200 pack)</t>
   </si>
   <si>
     <t>LD5080-200</t>
   </si>
   <si>
     <t>£41.00</t>
   </si>
   <si>
     <t>18&amp;quot; x 29&amp;quot; x 39&amp;quot; 140 gauge yellow - Medium Duty Waste Sack (200 pack)</t>
   </si>
   <si>
     <t>LD5081-200</t>
-  </si>
-[...7 lines deleted...]
-    <t>£30.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="14"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -274,281 +274,281 @@
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2"/>
       <c r="F2">
-        <v>1798</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3"/>
       <c r="D3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E3"/>
       <c r="F3">
-        <v>757</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
         <v>15</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4">
-        <v>176</v>
+        <v>757</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
         <v>19</v>
       </c>
-      <c r="E5"/>
       <c r="F5">
-        <v>2</v>
+        <v>176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6"/>
       <c r="F6">
-        <v>13</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C7"/>
+      <c r="D7" t="s">
         <v>25</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E7"/>
       <c r="F7">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
         <v>28</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>29</v>
       </c>
-      <c r="C8"/>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>30</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
         <v>34</v>
       </c>
-      <c r="E9"/>
       <c r="F9">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="B10" t="s">
         <v>36</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10"/>
       <c r="F10">
-        <v>23</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>39</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>40</v>
       </c>
       <c r="E11"/>
       <c r="F11">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>41</v>
       </c>
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12"/>
       <c r="F12">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>46</v>
       </c>
       <c r="E13"/>
       <c r="F13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>49</v>
       </c>
       <c r="E14"/>
       <c r="F14">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E15"/>
       <c r="F15">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E16"/>
       <c r="F16">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>